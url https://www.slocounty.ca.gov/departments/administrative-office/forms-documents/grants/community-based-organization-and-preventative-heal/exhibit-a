--- v0 (2025-12-13)
+++ v1 (2025-12-24)
@@ -1,124 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6C671754" w14:textId="16209B21" w:rsidR="001F4E25" w:rsidRDefault="001F4E25" w:rsidP="00590604">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="16"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B0933" w:rsidRPr="00DC676C" w14:paraId="1163718A" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="001B0933" w:rsidRPr="00DC676C" w14:paraId="1163718A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="54668FDF" w14:textId="77777777" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933" w:rsidP="003B6FDB">
+          <w:p w14:paraId="54668FDF" w14:textId="77777777" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk156403982"/>
           </w:p>
-          <w:p w14:paraId="7DAA3BAB" w14:textId="77777777" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933" w:rsidP="003B6FDB">
+          <w:p w14:paraId="7DAA3BAB" w14:textId="77777777" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="06C01146" w14:textId="3E08A585" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933" w:rsidP="003B6FDB">
+          <w:p w14:paraId="06C01146" w14:textId="3E08A585" w:rsidR="001B0933" w:rsidRPr="00DC676C" w:rsidRDefault="001B0933">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00F7699A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -374,77 +369,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69A48602" w14:textId="5D0F3305" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="00BC7A98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w14:paraId="1C5FB11B" w14:textId="77777777" w:rsidTr="00171576">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="44546A" w:themeFill="text2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57702E84" w14:textId="2C2F6DE9" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="00BC7A98">
+          <w:p w14:paraId="57702E84" w14:textId="5F082C71" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="00BC7A98">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D23F6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
             <w:r w:rsidR="0005008C" w:rsidRPr="000D23F6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> # 1 </w:t>
+              <w:t xml:space="preserve"> #1</w:t>
             </w:r>
             <w:r w:rsidR="00623763" w:rsidRPr="000D23F6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05B56E93" w14:textId="77777777" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="00BC7A98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -858,138 +853,106 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Executive Director or CEO:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1056D9FD" w14:textId="77777777" w:rsidR="00171576" w:rsidRPr="000D23F6" w:rsidRDefault="00171576" w:rsidP="002A477F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00171576" w:rsidRPr="000D23F6" w14:paraId="4152CDFF" w14:textId="77777777" w:rsidTr="00171576">
-[...48 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="007F5C28" w:rsidRPr="000D23F6" w14:paraId="6B61E358" w14:textId="77777777" w:rsidTr="00171576">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="44546A" w:themeFill="text2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="595D77FA" w14:textId="561304D4" w:rsidR="007F5C28" w:rsidRPr="000D23F6" w:rsidRDefault="007F5C28" w:rsidP="002A477F">
+          <w:p w14:paraId="595D77FA" w14:textId="039D9CA8" w:rsidR="007F5C28" w:rsidRPr="000D23F6" w:rsidRDefault="007F5C28" w:rsidP="002A477F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D23F6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other funding rec</w:t>
             </w:r>
             <w:r w:rsidR="00CF1517" w:rsidRPr="000D23F6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>eived from County</w:t>
+            </w:r>
+            <w:r w:rsidR="00530000">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="004B4CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>RFA/RFP title and amount awarded)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71D09E9D" w14:textId="77777777" w:rsidR="007F5C28" w:rsidRPr="000D23F6" w:rsidRDefault="007F5C28" w:rsidP="002A477F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w14:paraId="28F668C0" w14:textId="77777777" w:rsidTr="00171576">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
@@ -1067,1450 +1030,2190 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17033FA4" w14:textId="77777777" w:rsidR="00171576" w:rsidRPr="000D23F6" w:rsidRDefault="00171576" w:rsidP="002A477F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w14:paraId="755C6A61" w14:textId="77777777" w:rsidTr="00171576">
+      <w:tr w:rsidR="00530000" w:rsidRPr="000D23F6" w14:paraId="6DE10060" w14:textId="77777777" w:rsidTr="002A477F">
         <w:trPr>
           <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="44546A" w:themeFill="text2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F91C8EF" w14:textId="355E8908" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00171576" w:rsidP="00BC7A98">
+          <w:p w14:paraId="58CD78FB" w14:textId="34C19B83" w:rsidR="00530000" w:rsidRPr="000D23F6" w:rsidRDefault="00530000" w:rsidP="002A477F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D23F6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Project Description (50 words or less)</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>CHIP Priority and Objective Project Addresses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6660" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D64686" w14:textId="77777777" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="00BC7A98">
+          <w:p w14:paraId="5DA71517" w14:textId="77777777" w:rsidR="00530000" w:rsidRPr="000D23F6" w:rsidRDefault="00530000" w:rsidP="002A477F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w14:paraId="755C6A61" w14:textId="77777777" w:rsidTr="004A181E">
+        <w:trPr>
+          <w:trHeight w:val="1728"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4135" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="44546A" w:themeFill="text2"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F91C8EF" w14:textId="355E8908" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00171576" w:rsidP="004A181E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D23F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project Description (50 words or less)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7A98" w:rsidRPr="000D23F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6660" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="56D64686" w14:textId="77777777" w:rsidR="00BC7A98" w:rsidRPr="000D23F6" w:rsidRDefault="00BC7A98" w:rsidP="004A181E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4799D9F9" w14:textId="77777777" w:rsidR="007328F5" w:rsidRPr="00BC7A98" w:rsidRDefault="007328F5" w:rsidP="008E35DF">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="744C0ECE" w14:textId="39C871F1" w:rsidR="00BA6228" w:rsidRDefault="00BA6228">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5456296D" w14:textId="77777777" w:rsidR="00EA6B83" w:rsidRPr="00EA6B83" w:rsidRDefault="00EA6B83" w:rsidP="00300B0E">
+    <w:p w14:paraId="5456296D" w14:textId="27459180" w:rsidR="00EA6B83" w:rsidRPr="00EA6B83" w:rsidRDefault="00EA6B83" w:rsidP="00300B0E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w14:paraId="67EB83DC" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w14:paraId="67EB83DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="4A16BF87" w14:textId="77777777" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83" w:rsidP="003B6FDB">
+          <w:p w14:paraId="4A16BF87" w14:textId="77777777" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65BE6DEA" w14:textId="77777777" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83" w:rsidP="003B6FDB">
+          <w:p w14:paraId="65BE6DEA" w14:textId="77777777" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="558B9BF9" w14:textId="535AE6B1" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83" w:rsidP="003B6FDB">
+          <w:p w14:paraId="558B9BF9" w14:textId="7FD07DB6" w:rsidR="00EA6B83" w:rsidRPr="00DC676C" w:rsidRDefault="00EA6B83">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00D76D9F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00D76D9F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">LIGIBILITY REQUIREMENTS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D641DD3" w14:textId="429C9C4D" w:rsidR="007C563D" w:rsidRPr="00A42D03" w:rsidRDefault="007C563D" w:rsidP="003066C8">
+    <w:p w14:paraId="7D641DD3" w14:textId="0F174294" w:rsidR="007C563D" w:rsidRPr="00A42D03" w:rsidRDefault="007C563D" w:rsidP="003066C8">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BFE9884" w14:textId="0F7500EB" w:rsidR="00B82323" w:rsidRPr="003066C8" w:rsidRDefault="43E89125" w:rsidP="003066C8">
+    <w:p w14:paraId="1C634FA7" w14:textId="28995643" w:rsidR="003066C8" w:rsidRDefault="43E89125" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003066C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All responses must be yes to be eligible to apply.</w:t>
       </w:r>
+      <w:r w:rsidR="006243E2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20E7F5B0" wp14:editId="17DCE7FC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5543550</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>168910</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="1933575"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="328597734" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="1933575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="349CE75A" w14:textId="2F5C4B63" w:rsidR="00F15C17" w:rsidRDefault="009B713E">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="1916823483"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  Yes      </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="-708636658"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   No</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18A9C011" w14:textId="60F87EA8" w:rsidR="00F15C17" w:rsidRDefault="009B713E">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="1411348223"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F412A5">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Open Sans" w:hint="eastAsia"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  Yes      </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="1579951895"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   No</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="73EFCC6B" w14:textId="418F857E" w:rsidR="00F412A5" w:rsidRPr="00405985" w:rsidRDefault="009B713E" w:rsidP="00405985">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="-1798895607"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F412A5">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Open Sans" w:hint="eastAsia"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  Yes      </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="2144159067"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   No</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18B835E9" w14:textId="77777777" w:rsidR="00F15C17" w:rsidRDefault="009B713E" w:rsidP="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="-1314713777"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  Yes      </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="-1630476872"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   No</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1513089E" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="63DB269E" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="2C6830A0" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="4A7903A9" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRPr="00F64091" w:rsidRDefault="009B713E" w:rsidP="00500F8E">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="828632861"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  Yes      </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                  <w:bCs/>
+                                  <w:noProof/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="44"/>
+                                </w:rPr>
+                                <w:id w:val="-1709946212"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtEndPr/>
+                              <w:sdtContent>
+                                <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                                    <w:bCs/>
+                                    <w:noProof/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="44"/>
+                                  </w:rPr>
+                                  <w:t>☐</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   No</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="722F928C" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRPr="00F64091" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="1C42DAA1" w14:textId="77777777" w:rsidR="00F15C17" w:rsidRPr="00DC31FB" w:rsidRDefault="00F15C17">
+                            <w:pPr>
+                              <w:pStyle w:val="Header"/>
+                              <w:spacing w:line="276" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:bCs/>
+                                <w:noProof/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="44"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="20E7F5B0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:436.5pt;margin-top:13.3pt;width:2in;height:152.25pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/TTpDFQIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu4yAQfV+p/4B439i5takVp8q2ymql&#10;qK2UrvpMMMSWMIOAxM5+/Q7Yuajt02pfYGCGuZxzmD+0tSIHYV0FOqfDQUqJ0ByKSu9y+vtt9X1G&#10;ifNMF0yBFjk9CkcfFjff5o3JxAhKUIWwBJNolzUmp6X3JksSx0tRMzcAIzQ6JdiaeTzaXVJY1mD2&#10;WiWjNL1NGrCFscCFc3j71DnpIuaXUnD/IqUTnqicYm8+rjau27AmiznLdpaZsuJ9G+wfuqhZpbHo&#10;OdUT84zsbfUpVV1xCw6kH3CoE5Cy4iLOgNMM0w/TbEpmRJwFwXHmDJP7f2n582FjXi3x7Q9okcAA&#10;SGNc5vAyzNNKW4cdOyXoRwiPZ9hE6wkPj2aj2SxFF0ff8H48nt5NQ57k8txY538KqEkwcmqRlwgX&#10;O6yd70JPIaGahlWlVORGadLk9HY8TeODsweTK401Ls0Gy7fbtp9gC8URB7PQce4MX1VYfM2cf2UW&#10;ScaGUbj+BRepAItAb1FSgv3z1X2IR+zRS0mDosmpRlVTon5p5OR+OJkEjcXDZHo3woO99myvPXpf&#10;PwKqcogfxPBohnivTqa0UL+jupehJrqY5lg5p/5kPvpOyPg7uFguYxCqyjC/1hvDQ+oAZgD2rX1n&#10;1vToeyTuGU7iYtkHErrYjobl3oOsIkMB3g7THnVUZOS4/z1B8tfnGHX544u/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAW6DXIOMAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPX0vDMBTF3wW/Q7iCL+LS&#10;rBBHbTpUUET8g5vIHrPm2pY1NyVJt+7bmz3p47nncO7vlMvJ9myPPnSOFIhZBgypdqajRsHX+vF6&#10;ASxETUb3jlDBEQMsq/OzUhfGHegT96vYsFRCodAK2hiHgvNQt2h1mLkBKXk/zlsdk/QNN14fUrnt&#10;+TzLJLe6o/Sh1QM+tFjvVqNVsGtfrj6yp7f7b/l89O/r0W3860apy4vp7hZYxCn+heGEn9ChSkxb&#10;N5IJrFewuMnTlqhgLiWwU0BIkS5bBXkuBPCq5P83VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAv006QxUCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAW6DXIOMAAAALAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="349CE75A" w14:textId="2F5C4B63" w:rsidR="00F15C17" w:rsidRDefault="00F36939">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="1916823483"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  Yes      </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="-708636658"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   No</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18A9C011" w14:textId="60F87EA8" w:rsidR="00F15C17" w:rsidRDefault="00F36939">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="1411348223"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F412A5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Open Sans" w:hint="eastAsia"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  Yes      </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="1579951895"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   No</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="73EFCC6B" w14:textId="418F857E" w:rsidR="00F412A5" w:rsidRPr="00405985" w:rsidRDefault="00F36939" w:rsidP="00405985">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="-1798895607"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F412A5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Open Sans" w:hint="eastAsia"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  Yes      </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="2144159067"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F412A5" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   No</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18B835E9" w14:textId="77777777" w:rsidR="00F15C17" w:rsidRDefault="00F36939" w:rsidP="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="-1314713777"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  Yes      </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="-1630476872"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00F15C17" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   No</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1513089E" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="63DB269E" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="2C6830A0" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="4A7903A9" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRPr="00F64091" w:rsidRDefault="00F36939" w:rsidP="00500F8E">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="828632861"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  Yes      </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                            <w:bCs/>
+                            <w:noProof/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="44"/>
+                          </w:rPr>
+                          <w:id w:val="-1709946212"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtEndPr/>
+                        <w:sdtContent>
+                          <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                              <w:bCs/>
+                              <w:noProof/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="44"/>
+                            </w:rPr>
+                            <w:t>☐</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidR="00500F8E" w:rsidRPr="00F64091">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   No</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="722F928C" w14:textId="77777777" w:rsidR="00500F8E" w:rsidRPr="00F64091" w:rsidRDefault="00500F8E" w:rsidP="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="1C42DAA1" w14:textId="77777777" w:rsidR="00F15C17" w:rsidRPr="00DC31FB" w:rsidRDefault="00F15C17">
+                      <w:pPr>
+                        <w:pStyle w:val="Header"/>
+                        <w:spacing w:line="276" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:bCs/>
+                          <w:noProof/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="44"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C634FA7" w14:textId="77777777" w:rsidR="003066C8" w:rsidRDefault="003066C8" w:rsidP="003066C8">
+    <w:p w14:paraId="4731FE7A" w14:textId="6472CB7C" w:rsidR="00F15C17" w:rsidRPr="00F64091" w:rsidDel="00F15C17" w:rsidRDefault="007C563D" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="2592"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you a registered 501(c)(3) non-profit organization or </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0A90">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agency</w:t>
+      </w:r>
+      <w:r w:rsidR="00355D48" w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00355D48" w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1BEE964F" w14:textId="62519E03" w:rsidR="007C563D" w:rsidRPr="00F64091" w:rsidRDefault="007C563D" w:rsidP="00F64091">
+    <w:p w14:paraId="56554E66" w14:textId="1A7AD1DF" w:rsidR="00090604" w:rsidRPr="00F64091" w:rsidRDefault="00F20283" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:ind w:right="2592"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="44"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64091">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="44"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are</w:t>
+      </w:r>
+      <w:r w:rsidR="007C563D" w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="44"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposed activities carried out in SLO County and serve only SLO County residents</w:t>
+      </w:r>
+      <w:r w:rsidR="006510E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="44"/>
-[...9 lines deleted...]
-          <w:szCs w:val="44"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00355D48" w:rsidRPr="00F64091">
-[...88 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="24F0B99E" w14:textId="0657DF02" w:rsidR="00090604" w:rsidRPr="00F64091" w:rsidRDefault="7CF6F3A8" w:rsidP="00F64091">
+    <w:p w14:paraId="0CA17384" w14:textId="557F7E0C" w:rsidR="0069680A" w:rsidRDefault="30F46546" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="2592"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64091">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Are </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0254EA22" w:rsidRPr="00F64091">
+        <w:t xml:space="preserve">Are proposed activities </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3F63">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>proposed actitivies adressing needs other than homelessness and housing?</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="0254EA22" w:rsidRPr="00F64091">
+        <w:t>for eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0BC8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-        <w:sdtPr>
+      <w:r w:rsidR="006243E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uses</w:t>
+      </w:r>
+      <w:r w:rsidR="2451BB96" w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00402F00">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00402F00" w:rsidRPr="005B3634">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:id w:val="507015390"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="45837B1F" w:rsidRPr="00F64091">
+          <w:t>p. 3 of RFA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00402F00">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Yes      </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">   No</w:t>
+        <w:t xml:space="preserve"> for eligibility)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3DEF68" w14:textId="4F313CBF" w:rsidR="00F20283" w:rsidRPr="00600596" w:rsidRDefault="7CF6F3A8" w:rsidP="00F64091">
+    <w:p w14:paraId="055A4EDE" w14:textId="4310FAFF" w:rsidR="00076F1F" w:rsidRDefault="001B732B" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="2592"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00600596">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do </w:t>
+      </w:r>
+      <w:r w:rsidR="00191F85">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>proposed activite</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF18D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="0069680A" w:rsidRPr="0069680A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alig</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF18D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0069680A" w:rsidRPr="0069680A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="0069680A" w:rsidRPr="0069680A">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="002D7F76" w:rsidRPr="002D7F76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Community Health Improvement Plan</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002D7F76" w:rsidRPr="00405985">
+        <w:t xml:space="preserve"> priority</w:t>
+      </w:r>
+      <w:r w:rsidR="00F412A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA34BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7011E7" w14:textId="77777777" w:rsidR="00F412A5" w:rsidRDefault="00F412A5" w:rsidP="00F412A5">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="2592"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">If </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="79CF4A79" w:rsidRPr="00600596">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="025C8B13" w14:textId="3073EDA1" w:rsidR="00076F1F" w:rsidRDefault="00076F1F" w:rsidP="00405985">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="2592"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>no</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00600596">
+      </w:pPr>
+      <w:r w:rsidRPr="00076F1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>, please apply through Dept of Social Services</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F20283" w:rsidRPr="00600596">
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...262 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:t>any answer</w:t>
+      </w:r>
+      <w:r w:rsidR="00754A0B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008E3509">
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00076F1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>These grant funds are only for health and human services</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">no, please refer to other </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00F412A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>C</w:t>
+        </w:r>
+        <w:r w:rsidR="00F412A5" w:rsidRPr="00F412A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>ounty</w:t>
+        </w:r>
+        <w:r w:rsidR="00F412A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> of SLO</w:t>
+        </w:r>
+        <w:r w:rsidR="00F412A5" w:rsidRPr="00F412A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F412A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:i/>
+            <w:iCs/>
+            <w:noProof/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="36"/>
+          </w:rPr>
+          <w:t>grant opportunities</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F412A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> r</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E3509">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3EEA35" w14:textId="77777777" w:rsidR="00076F1F" w:rsidRDefault="00076F1F" w:rsidP="00405985">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>elated programs/projects.</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F338A9" w14:textId="77777777" w:rsidR="008E3509" w:rsidRPr="008E3509" w:rsidRDefault="008E3509" w:rsidP="00AF539B">
+    <w:p w14:paraId="7119F344" w14:textId="77777777" w:rsidR="00F15C17" w:rsidRDefault="00F15C17" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B41E8EE" w14:textId="47B4A2F6" w:rsidR="00BA34BA" w:rsidRDefault="00BA34BA" w:rsidP="00BA34BA">
+    <w:p w14:paraId="36FC4AF9" w14:textId="7D79F32E" w:rsidR="00BA34BA" w:rsidRPr="003066C8" w:rsidRDefault="00BA34BA" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
       <w:r w:rsidR="006D1589">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="003066C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FC4AF9" w14:textId="77777777" w:rsidR="00BA34BA" w:rsidRPr="003066C8" w:rsidRDefault="00BA34BA" w:rsidP="00BA34BA">
+    <w:p w14:paraId="7F058C5C" w14:textId="195F2530" w:rsidR="00BA34BA" w:rsidRPr="00F64091" w:rsidRDefault="00BA34BA" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="3168"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Are you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>planning on using a fiscal sponsor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64091">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F058C5C" w14:textId="74891075" w:rsidR="00BA34BA" w:rsidRPr="00F64091" w:rsidRDefault="00BA34BA" w:rsidP="00BA34BA">
+    <w:p w14:paraId="4CE8D50B" w14:textId="24E937E9" w:rsidR="00BA34BA" w:rsidRDefault="00BA34BA" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...141 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">If your answer is yes, your fiscal sponsor needs to apply on your behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43575495" w14:textId="77777777" w:rsidR="00BA34BA" w:rsidRDefault="00BA34BA" w:rsidP="00AF539B">
+    <w:p w14:paraId="763571BF" w14:textId="77777777" w:rsidR="00216216" w:rsidRDefault="00216216" w:rsidP="00405985">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="3168"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...175 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6949ACFA" w14:textId="77777777" w:rsidR="00BA34BA" w:rsidRPr="00A42D03" w:rsidRDefault="00BA34BA" w:rsidP="00AF539B">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B38B3" w:rsidRPr="00DC676C" w14:paraId="4B2E82A7" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="001B38B3" w:rsidRPr="00DC676C" w14:paraId="4B2E82A7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="264F1A83" w14:textId="77777777" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="001B38B3" w:rsidP="003B6FDB">
+          <w:p w14:paraId="264F1A83" w14:textId="77777777" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="001B38B3">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43B8D3C4" w14:textId="77777777" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="001B38B3" w:rsidP="003B6FDB">
+          <w:p w14:paraId="43B8D3C4" w14:textId="77777777" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="001B38B3">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24A0E2EE" w14:textId="4A726F47" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="00F7699A" w:rsidP="003B6FDB">
+          <w:p w14:paraId="24A0E2EE" w14:textId="4A726F47" w:rsidR="001B38B3" w:rsidRPr="00DC676C" w:rsidRDefault="00F7699A">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001B38B3">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F64091">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -2744,133 +3447,153 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D338F" w:rsidRPr="00DC676C" w14:paraId="1D5B3C02" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="002D338F" w:rsidRPr="00DC676C" w14:paraId="1D5B3C02" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="01FC7179" w14:textId="77777777" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F" w:rsidP="003B6FDB">
+          <w:p w14:paraId="01FC7179" w14:textId="77777777" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C99D35F" w14:textId="77777777" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F" w:rsidP="003B6FDB">
+          <w:p w14:paraId="4C99D35F" w14:textId="77777777" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="444EC7FE" w14:textId="0593ED52" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F" w:rsidP="003B6FDB">
+          <w:p w14:paraId="444EC7FE" w14:textId="0593ED52" w:rsidR="002D338F" w:rsidRPr="00DC676C" w:rsidRDefault="002D338F">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidR="002365CF">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PROJECT NARRATIVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DA08433" w14:textId="77777777" w:rsidR="002D338F" w:rsidRPr="00750FE4" w:rsidRDefault="002D338F" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35334101" w14:textId="77777777" w:rsidR="00750FE4" w:rsidRPr="00750FE4" w:rsidRDefault="00FE2198" w:rsidP="00750FE4">
+    <w:p w14:paraId="35334101" w14:textId="64CCF9B2" w:rsidR="00750FE4" w:rsidRPr="00750FE4" w:rsidRDefault="00FE2198" w:rsidP="00750FE4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750FE4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>Describe the program that will utilize this grant</w:t>
+        <w:t>Describe the pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE085C">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>ject</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00750FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that will utilize this grant</w:t>
       </w:r>
       <w:r w:rsidR="003F46C0" w:rsidRPr="00750FE4">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0415C2A0" w14:textId="5BCBD18F" w:rsidR="00FE2198" w:rsidRPr="00750FE4" w:rsidRDefault="00FE2198" w:rsidP="00750FE4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00750FE4">
@@ -2961,189 +3684,218 @@
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24C25FD5" w14:textId="77777777" w:rsidR="00543F8E" w:rsidRPr="00A42D03" w:rsidRDefault="00543F8E" w:rsidP="002A477F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F0142A6" w14:textId="77777777" w:rsidR="00537CBE" w:rsidRDefault="00537CBE" w:rsidP="000912B1">
+    <w:p w14:paraId="3A87A1DA" w14:textId="77777777" w:rsidR="006D1589" w:rsidRDefault="006D1589" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A87A1DA" w14:textId="77777777" w:rsidR="006D1589" w:rsidRDefault="006D1589" w:rsidP="000912B1">
+    <w:p w14:paraId="2E633D21" w14:textId="77777777" w:rsidR="00BF3694" w:rsidRDefault="00BF3694" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00300B0E" w:rsidRPr="00DC676C" w14:paraId="60972F8F" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="00300B0E" w:rsidRPr="00DC676C" w14:paraId="60972F8F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="41E9BEDB" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E" w:rsidP="003B6FDB">
+          <w:p w14:paraId="41E9BEDB" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F4BBCA3" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E" w:rsidP="003B6FDB">
+          <w:p w14:paraId="3F4BBCA3" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57909454" w14:textId="35EE8FD5" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E" w:rsidP="003B6FDB">
+          <w:p w14:paraId="57909454" w14:textId="35EE8FD5" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">5. COMMUNITY NEED </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C1B0981" w14:textId="77777777" w:rsidR="00537CBE" w:rsidRDefault="00537CBE" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C2D8C72" w14:textId="7ECCA7BF" w:rsidR="00300B0E" w:rsidRPr="00300B0E" w:rsidRDefault="00171576" w:rsidP="00300B0E">
+    <w:p w14:paraId="4C2D8C72" w14:textId="48C239C6" w:rsidR="00300B0E" w:rsidRPr="00300B0E" w:rsidRDefault="00171576" w:rsidP="00300B0E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00300B0E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t xml:space="preserve">Describe community need for this program. How is the program or service beneficial to County residents? How does it complement and collaborate with existing efforts? </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00300B0E">
+        <w:t>Describe community need for this p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA519E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">Describe how the proposed program or service is different than health and human services programs provided by the County or other community-based organizations? How was the local need for this program/project determined? </w:t>
+        <w:t>roject</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA519E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How does the project address one or more of the priorities and objectives in the Community Health Improvement Plan? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00300B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How was the local need for this project determined? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0301C4" w14:textId="0A85DAF5" w:rsidR="00543F8E" w:rsidRPr="00300B0E" w:rsidRDefault="00171576" w:rsidP="00300B0E">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00300B0E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -3287,67 +4039,67 @@
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00300B0E" w:rsidRPr="00DC676C" w14:paraId="55D0506A" w14:textId="77777777" w:rsidTr="007E0717">
         <w:trPr>
           <w:trHeight w:val="93"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="01B96ABD" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E" w:rsidP="003B6FDB">
+          <w:p w14:paraId="01B96ABD" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4140813E" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E" w:rsidP="003B6FDB">
+          <w:p w14:paraId="4140813E" w14:textId="77777777" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="00300B0E">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62AB0449" w14:textId="5657F025" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="007E0717" w:rsidP="003B6FDB">
+          <w:p w14:paraId="62AB0449" w14:textId="5657F025" w:rsidR="00300B0E" w:rsidRPr="00DC676C" w:rsidRDefault="007E0717">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00300B0E">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>. ORGANIZATIONAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -3360,72 +4112,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">CAPACITY </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E3B03C8" w14:textId="77777777" w:rsidR="00171576" w:rsidRDefault="00171576" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0635F76C" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00683699" w:rsidRDefault="00171576" w:rsidP="00683699">
+    <w:p w14:paraId="0635F76C" w14:textId="24963581" w:rsidR="00683699" w:rsidRPr="00683699" w:rsidRDefault="00171576" w:rsidP="00683699">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00683699">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>Describe your organizational capacity to successfully carry out the proposed activities (i.e., past performance and history of the organization will be considered to assess the agency's prospects for achieving its goals and objectives)</w:t>
+        <w:t xml:space="preserve">Describe your organizational capacity to successfully carry out the proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA519E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683699">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>activities (i.e., past performance and history of the organization will be considered to assess the agency's prospects for achieving its goals and objectives)</w:t>
       </w:r>
       <w:r w:rsidR="00FE2198" w:rsidRPr="00683699">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1318C34B" w14:textId="34FA6D0A" w:rsidR="00FE2198" w:rsidRPr="00683699" w:rsidRDefault="00FE2198" w:rsidP="00683699">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
@@ -3524,135 +4296,177 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="16" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="138" w:type="dxa"/>
           <w:right w:w="138" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10776"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00683699" w:rsidRPr="00DC676C" w14:paraId="26F04DDC" w14:textId="77777777" w:rsidTr="003B6FDB">
+      <w:tr w:rsidR="00683699" w:rsidRPr="00DC676C" w14:paraId="26F04DDC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE5202D" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699" w:rsidP="003B6FDB">
+          <w:p w14:paraId="0FE5202D" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699">
             <w:pPr>
               <w:spacing w:line="16" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="64101A83" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699" w:rsidP="003B6FDB">
+            <w:bookmarkStart w:id="1" w:name="_Hlk211857843"/>
+          </w:p>
+          <w:p w14:paraId="64101A83" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699">
             <w:pPr>
               <w:spacing w:line="18" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="58D60E52" w14:textId="5F2D2009" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699" w:rsidP="003B6FDB">
+          <w:p w14:paraId="58D60E52" w14:textId="5F2D2009" w:rsidR="00683699" w:rsidRPr="00DC676C" w:rsidRDefault="00683699">
             <w:pPr>
               <w:spacing w:after="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
             <w:r w:rsidR="001F6261">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>LONG-TERM SUSTAINABILITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="4B33738F" w14:textId="77777777" w:rsidR="00683699" w:rsidRPr="00A42D03" w:rsidRDefault="00683699" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7144723E" w14:textId="77777777" w:rsidR="001F6261" w:rsidRDefault="00171576" w:rsidP="001F6261">
+    <w:p w14:paraId="7144723E" w14:textId="7E8BFF43" w:rsidR="001F6261" w:rsidRDefault="00171576" w:rsidP="001F6261">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6261">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the program is not fully funded, how will the program continue? </w:t>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA519E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not fully funded, how will the pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA519E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>ject</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F6261">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> continue? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2287DA7D" w14:textId="2638EF63" w:rsidR="00171576" w:rsidRPr="001F6261" w:rsidRDefault="00171576" w:rsidP="001F6261">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F6261">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>(250 words max.)</w:t>
       </w:r>
@@ -3718,197 +4532,4115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DEFD7CB" w14:textId="77777777" w:rsidR="00930518" w:rsidRDefault="00930518" w:rsidP="000912B1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="056EA968" w14:textId="58BCC5FE" w:rsidR="00A42D03" w:rsidRPr="00A42D03" w:rsidRDefault="00A42D03" w:rsidP="00FF017E">
+    <w:p w14:paraId="2BC257A6" w14:textId="77777777" w:rsidR="00405985" w:rsidRDefault="00405985" w:rsidP="00405985">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10776" w:type="dxa"/>
+        <w:tblInd w:w="16" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+        </w:tblBorders>
+        <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="138" w:type="dxa"/>
+          <w:right w:w="138" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10776"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00405985" w:rsidRPr="00DC676C" w14:paraId="398D3D11" w14:textId="77777777" w:rsidTr="0051212F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A9434F" w14:textId="77777777" w:rsidR="00405985" w:rsidRPr="00DC676C" w:rsidRDefault="00405985" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:line="16" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D881CE4" w14:textId="77777777" w:rsidR="00405985" w:rsidRPr="00DC676C" w:rsidRDefault="00405985" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:line="18" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79C945F2" w14:textId="2EF10A10" w:rsidR="00405985" w:rsidRPr="00DC676C" w:rsidRDefault="00405985" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:after="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8. PROJECT BUDGET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7A6C7B3B" w14:textId="77777777" w:rsidR="00405985" w:rsidRPr="00A42D03" w:rsidRDefault="00405985" w:rsidP="00405985">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD20B89" w14:textId="1A376AB7" w:rsidR="00405985" w:rsidRPr="00405985" w:rsidRDefault="00CF3A78" w:rsidP="00405985">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants must submit a Budget Table and a Budget Narrative in the format shown below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1169E7" w14:textId="77777777" w:rsidR="00405985" w:rsidRDefault="00405985" w:rsidP="00405985">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="408CD900" w14:textId="7411C9DD" w:rsidR="008B162E" w:rsidRPr="00436373" w:rsidRDefault="008B162E" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budget </w:t>
+      </w:r>
+      <w:r w:rsidR="00904B43" w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>able Instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use the budget table provided to outline the total cost of your project, including the amount requested from PHG and any other funding sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0656C3D2" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="008B162E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="766DB308" w14:textId="7E28D0CE" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budget Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00904B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Column I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstructions:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697A3888" w14:textId="629896F9" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Expense: </w:t>
+      </w:r>
+      <w:r w:rsidR="00904B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nter the total cost of each line item, indicating the full cost to implement the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED5E8E5" w14:textId="49A951A4" w:rsidR="008B162E" w:rsidRPr="00515C33" w:rsidRDefault="008B162E" w:rsidP="00515C33">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Budget Requested: Enter the amount requested from PHG </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F547DAC" w14:textId="5949624A" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Other Funding Available—Amount and Source: If any portion of the line item is funded by another source (e.g. federal, state, County, private, in-kind), list the amount and source here.</w:t>
+      </w:r>
+      <w:r w:rsidR="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5765F936" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budget Table Category Instructions: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1682A0" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personnel Expenses: Include salaries, wages, and benefits for staff directly involved in the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409E378D" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Operating Expenses: Include all non-personnel costs necessary to implement the project. Examples include supplies, travel, equipment, contracted services, printing, outreach materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C5E6C8" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Indirect Costs: If applicable, include indirect costs calculated as a percentage of Personnel Expenses or no more than 10% of your total direct project costs (personnel + operating).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13332FDF" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total Grant Project Expenses: Sum of Personnel, Operating, and Indirect Costs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CC4F27" w14:textId="77777777" w:rsidR="00405985" w:rsidRDefault="00405985" w:rsidP="00405985">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A42D03" w:rsidRPr="00A42D03" w:rsidSect="008D7194">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10512" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3327"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="2775"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="0B247435" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419C6DF4" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2932F060" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223C5856" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Expense</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00159D55" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2C96D9" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grant Budget</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A3BAA8" w14:textId="77777777" w:rsidR="00515C33" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Requested</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE676F0" w14:textId="25B9F668" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00927F6D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E1EA5E" w14:textId="3F1797D7" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other Funding Available</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE91055" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00405985">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Amount &amp; source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AB2" w:rsidRPr="00405985" w14:paraId="5CEE3019" w14:textId="77777777" w:rsidTr="00A7579A">
+        <w:trPr>
+          <w:trHeight w:val="508"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10512" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673AFC4E" w14:textId="0728E408" w:rsidR="00E33AB2" w:rsidRPr="00405985" w:rsidRDefault="00E33AB2" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB1CAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ersonnel Expenses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(associated with the proposed project)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="27DABD0E" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22710589" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EE227F" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AC3C8D" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="217886DE" w14:textId="3D6DC1AF" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="0275AAB4" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="237E8813" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="1080"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4836FB92" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2CBF8A" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BCDCF6" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="63282882" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37051460" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="1080"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EB6A76" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309BDE08" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AAF3" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="68C8F9BD" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9383BA" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subtotal – Personnel Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F312E8A" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C69D463" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EE3DE2" w14:textId="089BCF3C" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E33AB2" w:rsidRPr="00405985" w14:paraId="41DFB8B5" w14:textId="77777777" w:rsidTr="00A7579A">
+        <w:trPr>
+          <w:trHeight w:val="508"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10512" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC60CA3" w14:textId="6BB807E4" w:rsidR="00E33AB2" w:rsidRPr="00405985" w:rsidRDefault="00E33AB2" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="288" w:hanging="288"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB1CAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>perating Expenses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(associated with the proposed project)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="60984CC5" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62751690" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EF83C1" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39668E0E" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E64803C" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="19D9BDDA" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73499865" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69684430" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6862A6CD" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA5FCA3" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="374AB03C" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A27E85" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DC5F41" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="399CC2BA" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE72386" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="10E5B1D2" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="720BB667" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subtotal – Operating Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4661939D" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2D7B9E" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A018D6" w14:textId="1114F5FC" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="600D950D" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="688"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="664739E9" w14:textId="0E13A433" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E33AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E33AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ndirect Rate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(% of Personnel Expenses or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Max of 10% of Direct Expenses)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55858313" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED2127D" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="390A6D3D" w14:textId="27EC49A5" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00515C33" w:rsidRPr="00405985" w14:paraId="0C71F484" w14:textId="77777777" w:rsidTr="00515C33">
+        <w:trPr>
+          <w:trHeight w:val="445"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="041BF00A" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405985">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total Grant Project Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED45AB8" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B32EB16" w14:textId="77777777" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D7B61B" w14:textId="4C1C0D31" w:rsidR="00515C33" w:rsidRPr="00405985" w:rsidRDefault="00515C33" w:rsidP="00766AA0">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15822995" w14:textId="77777777" w:rsidR="00405985" w:rsidRDefault="00405985" w:rsidP="00405985">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743BE3A4" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00405985">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213A5513" w14:textId="697A0E95" w:rsidR="00436373" w:rsidRPr="00436373" w:rsidRDefault="008B162E" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budget Narrative Instructions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4C1DDE" w14:textId="142D1990" w:rsidR="00904B43" w:rsidRDefault="008B162E" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budget Narrative </w:t>
+      </w:r>
+      <w:r w:rsidR="00904B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to explain </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>each line item listed in the Budget T</w:t>
+      </w:r>
+      <w:r w:rsidR="00904B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>able</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5427E9CA" w14:textId="77777777" w:rsidR="00436373" w:rsidRDefault="00436373" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286256B3" w14:textId="2422551C" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For each line item, include the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA4E159" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Description of the Line Item</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536608BE" w14:textId="429E29CB" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Describe the item or service and how the cost was calculated (e.g., hourly rate × hours, unit cost × quantity)</w:t>
+      </w:r>
+      <w:r w:rsidR="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6A5311" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Other Funding Sources and Matches</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6601782F" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the item is supported by other funding, specify the amount and source. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616C8813" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the requested funds are used as a match for another funding source, identify the matching source and explain the amount of match required.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAD3B6A" w14:textId="77777777" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Timeframe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCD044F" w14:textId="7828B5AC" w:rsidR="008B162E" w:rsidRPr="00193AFA" w:rsidRDefault="008B162E" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36939" w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>whe</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36939">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36939" w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00193AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the cost </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36939">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will occur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5CACF7" w14:textId="77777777" w:rsidR="008B162E" w:rsidRDefault="008B162E" w:rsidP="00405985">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FB676EA" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10776" w:type="dxa"/>
+        <w:tblInd w:w="16" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD"/>
+        </w:tblBorders>
+        <w:shd w:val="solid" w:color="EAF1DD" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="138" w:type="dxa"/>
+          <w:right w:w="138" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10776"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00DC676C" w14:paraId="1D178B48" w14:textId="77777777" w:rsidTr="0051212F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="1F3864"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FCF2CF" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00DC676C" w:rsidRDefault="00E86B84" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:line="16" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23FBB629" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00DC676C" w:rsidRDefault="00E86B84" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:line="18" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A87F6E6" w14:textId="09997938" w:rsidR="00E86B84" w:rsidRPr="00DC676C" w:rsidRDefault="00E86B84" w:rsidP="0051212F">
+            <w:pPr>
+              <w:spacing w:after="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A53B35">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PROJECT WORK PLAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B4705B3" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00A42D03" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705FCE24" w14:textId="55A834AC" w:rsidR="000D041C" w:rsidRDefault="00904B43" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants must submit a Work Plan in the format shown below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5643407F" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00904B43">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453869A5" w14:textId="0A8E482B" w:rsidR="000D041C" w:rsidRPr="00436373" w:rsidRDefault="000D041C" w:rsidP="00436373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Work Plan Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6472AB5B" w14:textId="77777777" w:rsidR="000D041C" w:rsidRPr="00F83A21" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Goal/Objective: Describe the project goals. Ideally goals should be specific, measurable, achievable, relevant, and time-bound (SMART).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E24B321" w14:textId="3E031C72" w:rsidR="000D041C" w:rsidRPr="00F83A21" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094569E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Increase the percentage of patients receiving therapy in their preferred language by 20%</w:t>
+      </w:r>
+      <w:r w:rsidR="00685BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F8B024" w14:textId="77777777" w:rsidR="000D041C" w:rsidRPr="00F83A21" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Major Tasks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>List the key activities that will be undertaken to achieve each goal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6F0582" w14:textId="25A18C6D" w:rsidR="000D041C" w:rsidRPr="00436373" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conduct community outreach twice a year in each CHIP </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B35" w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>priority</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> area (San Miguel, </w:t>
+      </w:r>
+      <w:r w:rsidR="00685BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nipomo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Los Osos and Oceano</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B35" w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00685BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAB15F3" w14:textId="7262F30E" w:rsidR="000D041C" w:rsidRPr="00F83A21" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Timeline</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Indicate whe</w:t>
+      </w:r>
+      <w:r w:rsidR="009B713E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each task will occur</w:t>
+      </w:r>
+      <w:r w:rsidR="009B713E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319E0225" w14:textId="724A7F5A" w:rsidR="000D041C" w:rsidRPr="00436373" w:rsidRDefault="000D041C" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Evaluation Methodology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Describe how you will measure success</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (consider both </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>quantitative (e.g., number of participants, survey scores) and qualitative (e.g., interviews, focus groups) methods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387646BF" w14:textId="2F39BC19" w:rsidR="000D041C" w:rsidRPr="00436373" w:rsidRDefault="00A53B35" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examples: </w:t>
+      </w:r>
+      <w:r w:rsidR="000D041C" w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pre- and post-program surveys to assess knowledge gain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidR="000D041C" w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>onthly tracking of participant attendance and engagement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="000D041C" w:rsidRPr="00A53B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nnual review of health outcomes using clinic data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C32DF9F" w14:textId="1BDD1CF8" w:rsidR="00A53B35" w:rsidRPr="00436373" w:rsidRDefault="00A53B35" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Outputs: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436373">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>List the tangible products or services delivered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B9DDDB" w14:textId="11C9830D" w:rsidR="00A53B35" w:rsidRPr="009C3B38" w:rsidRDefault="00A53B35" w:rsidP="009C3B38">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094569E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xample</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094569E">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C3B38" w:rsidRPr="009C3B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Project will reach 10,000 students at 29 schools with year-long programming during the school year, teaching a total of 3,100 lessons; Project will provide 22 parenting support classes, at 4 locations throughout SLO County; Project will support the activation of parks through 15 community events held in 4 neighborhoods throughout SLO County; Project will provide crisis intervention and information about mental health services through at least 15,000 call responses and 500 text responses during project year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B03E581" w14:textId="27F54897" w:rsidR="00A53B35" w:rsidRPr="00F83A21" w:rsidRDefault="00A53B35" w:rsidP="00D42EEE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:r w:rsidR="00996F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Outcomes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Describe the impact or change resulting from the project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including who is better off and how. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFF0E21" w14:textId="3B0E4493" w:rsidR="00A53B35" w:rsidRPr="009C3B38" w:rsidRDefault="00A53B35" w:rsidP="009C3B38">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examples: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C3B38" w:rsidRPr="009C3B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>90% of participants will increase their skills, confidence and knowledge in the subject matter, measured using pre- and post-tests; Community members attending suicide intervention training will show a 30% increase in their confidence that they can help a person at-risk of suicide, using pre- and post-tests; 90% of all project participants surveyed would recommend the service to a friend, using a follow-up satisfaction survey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC94614" w14:textId="77777777" w:rsidR="000D041C" w:rsidRDefault="000D041C" w:rsidP="00904B43">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B286EE4" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2614"/>
+        <w:gridCol w:w="2614"/>
+        <w:gridCol w:w="2614"/>
+        <w:gridCol w:w="2619"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="1A67335D" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="1521"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="093304C9" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goal/Objective </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054B527D" w14:textId="584EE02B" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What </w:t>
+            </w:r>
+            <w:r w:rsidR="00634F8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the project goals?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A8331E" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Major Tasks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10BDD819" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>How will those goals be achieved?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBC6B1C" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Timeline</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E17F486" w14:textId="1C2F3101" w:rsidR="001A45EC" w:rsidRPr="00E86B84" w:rsidRDefault="001A45EC" w:rsidP="009C3B38">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indicate </w:t>
+            </w:r>
+            <w:r w:rsidR="008B49DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">when </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">activities will occur </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2617" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="580C906B" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Evaluation methodology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750D4D9B" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>What is your evaluation methodology for measuring results?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="13130261" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="562"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="042A3A99" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6316C1D1" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B165EA4" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439B31D" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54992AFD" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="5AE74957" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="528"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4F0E3D" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02E2338C" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE03F3A" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E664D8" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB79BF7" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A53B35" w:rsidRPr="00E86B84" w14:paraId="0ADB4F66" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="528"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6A7942" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BAA03C" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A1EDAC" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1627AB17" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A53B35" w:rsidRPr="00E86B84" w14:paraId="4C08D93D" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="528"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27022E6A" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BB6A2F" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2614" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E5401A" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D8F3AD" w14:textId="77777777" w:rsidR="00A53B35" w:rsidRPr="00E86B84" w:rsidRDefault="00A53B35" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="2C97E25B" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10461" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F57D1F" w14:textId="0BBE959A" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:r w:rsidR="000D041C" w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="000D041C">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>utputs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65CE0B64" w14:textId="2F238FD6" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00C043BA" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C043BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>List the tangible products or services delivered.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="4E962120" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="1440"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10461" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D38D88" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23E97765" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="0574E4C8" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="621"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10461" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7081B4BE" w14:textId="55FD586D" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E86B84">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Project O</w:t>
+            </w:r>
+            <w:r w:rsidR="000D041C">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>utcomes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFFE159" w14:textId="43402BF6" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00C043BA" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C043BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Describe the impact or change resulting from the project, including who is better off and how.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86B84" w:rsidRPr="00E86B84" w14:paraId="64A126D3" w14:textId="77777777" w:rsidTr="004F1017">
+        <w:trPr>
+          <w:trHeight w:val="1440"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10461" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="70799123" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02C1ECAC" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="155B4A2B" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00FC1382">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28AFF8CB" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00E86B84" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658C14C7" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00405985" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F3A8ED6" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00405985" w:rsidRDefault="00E86B84" w:rsidP="00E86B84">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E3A5AB3" w14:textId="77777777" w:rsidR="00E86B84" w:rsidRPr="00405985" w:rsidRDefault="00E86B84" w:rsidP="00405985">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C29073A" w14:textId="77777777" w:rsidR="00405985" w:rsidRPr="00A42D03" w:rsidRDefault="00405985" w:rsidP="00405985">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00405985" w:rsidRPr="00A42D03" w:rsidSect="008D7194">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20111F71" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50" w:rsidP="00677FA7">
+    <w:p w14:paraId="52122232" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE" w:rsidP="00677FA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E5C112B" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50" w:rsidP="00677FA7">
+    <w:p w14:paraId="28EB959F" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE" w:rsidP="00677FA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7F5D92E7" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50"/>
+    <w:p w14:paraId="20409116" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...13 lines deleted...]
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1628307184"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5B185D5A" w14:textId="545EAF57" w:rsidR="004C07C9" w:rsidRDefault="004C07C9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -3919,104 +8651,104 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2CB59E6A" w14:textId="77777777" w:rsidR="004C07C9" w:rsidRDefault="004C07C9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21060CFF" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50" w:rsidP="00677FA7">
+    <w:p w14:paraId="259557A3" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE" w:rsidP="00677FA7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68656479" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50" w:rsidP="00677FA7">
+    <w:p w14:paraId="27CBFC5F" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE" w:rsidP="00677FA7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02FAA1AA" w14:textId="77777777" w:rsidR="00605D50" w:rsidRDefault="00605D50"/>
+    <w:p w14:paraId="50B2DEAF" w14:textId="77777777" w:rsidR="00E705EE" w:rsidRDefault="00E705EE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6A04D38A" w14:textId="266AC172" w:rsidR="00C21CDB" w:rsidRPr="007A2C16" w:rsidRDefault="008D7194" w:rsidP="008D7194">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A04D38A" w14:textId="66576EC5" w:rsidR="00C21CDB" w:rsidRPr="007A2C16" w:rsidRDefault="008D7194" w:rsidP="008D7194">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00483AE4">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BEFFF0D" wp14:editId="1DF2D5B9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BEFFF0D" wp14:editId="1DF2D5B9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-209550</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-356235</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1190625" cy="869315"/>
           <wp:effectExtent l="0" t="0" r="9525" b="6985"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="1" name="Picture 1" descr="Logo Color with vertical divider"/>
+          <wp:docPr id="912899327" name="Picture 912899327" descr="Logo Color with vertical divider"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 4" descr="Logo Color with vertical divider"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -4032,79 +8764,300 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00C21CDB" w:rsidRPr="007A2C16">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="44"/>
       </w:rPr>
-      <w:t>CBO-PHG FY 2024-25 Grant Application</w:t>
+      <w:t>PHG FY 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00807B38">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="44"/>
+      </w:rPr>
+      <w:t>5-</w:t>
+    </w:r>
+    <w:r w:rsidR="00906AF6">
+      <w:rPr>
+        <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="44"/>
+      </w:rPr>
+      <w:t>27</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1AA2EBEC" w14:textId="66DD0B6C" w:rsidR="00C21CDB" w:rsidRPr="008D7194" w:rsidRDefault="008D7194" w:rsidP="008D7194">
+  <w:p w14:paraId="1AA2EBEC" w14:textId="338FB204" w:rsidR="00C21CDB" w:rsidRPr="008D7194" w:rsidRDefault="00906AF6" w:rsidP="008D7194">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008D7194">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
       </w:rPr>
-      <w:t>EXHIBIT A</w:t>
+      <w:t>GRANT APPLICATION</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A234DB5" w14:textId="48029714" w:rsidR="00AD4F3F" w:rsidRDefault="00AD4F3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02F82451"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8D2DB72"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="093A1582"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6305C32"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09A82B2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7952E542"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4150,51 +9103,312 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A0E7D47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B1C6AA8"/>
+    <w:lvl w:ilvl="0" w:tplc="DBE0B64C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A157E16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E786A414"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BD23935"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E59E7306"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="134A2261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F9A7660"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4239,51 +9453,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16585DF3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16AB5B3C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F2ACB1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4344,51 +9644,140 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16C37970"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1FEC1124"/>
+    <w:lvl w:ilvl="0" w:tplc="A7AC1E4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="193C4ADE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5B67B7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4485,51 +9874,391 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="249346AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="893EA678"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274709F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="752458EA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28C8417F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B5B67B7E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29DD4D07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4575,51 +10304,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A246B7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4665,51 +10394,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B161363"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB969682"/>
     <w:lvl w:ilvl="0" w:tplc="FD22A810">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4758,51 +10487,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DBB0D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1170" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4848,51 +10577,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4770" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5490" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6210" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38BF3650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4938,51 +10667,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD70DE4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDC89F40"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5028,51 +10757,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C8D3BCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EFAAE24A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416504D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4983777E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E8ABB96"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5117,51 +11018,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49D9612C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5404AC0C"/>
     <w:lvl w:ilvl="0" w:tplc="333E357C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5229,51 +11130,226 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A753945"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="928EDD38"/>
+    <w:lvl w:ilvl="0" w:tplc="9CBC7240">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52FB1CD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="601447F4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A134CA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5319,51 +11395,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DD74051"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DA680CA"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5408,51 +11484,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E2A2B6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="115A1B16"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4950" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61BE7EB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4F29FA6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61D3209D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17F69A5A"/>
     <w:lvl w:ilvl="0" w:tplc="C4D47424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5498,339 +11746,1319 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63B01093"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65286D93"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67FA37A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B80D446"/>
+    <w:lvl w:ilvl="0" w:tplc="821CD232">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D1F7D2C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EFAAE24A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="724D33D8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73083F98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BB82E536"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78FA6582"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0409001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FE66F59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C905434"/>
+    <w:lvl w:ilvl="0" w:tplc="57A2756C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C4604F84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="02C23E54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="82DA674A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EA1603F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F506B2E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AD6E076A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DF3EF512">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5FAC9EAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1578903017">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="380639949">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="113838897">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="63995586">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1990598621">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1534153174">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1593780677">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1297376029">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1620524650">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1005279224">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="256254075">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="666254694">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="364142052">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="603151297">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1112240150">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="417824247">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2101608590">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1934851158">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1133988484">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="972910135">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="647829795">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="655495249">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="380639949">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="23" w16cid:durableId="858160785">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="113838897">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="24" w16cid:durableId="968246371">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="63995586">
+  <w:num w:numId="25" w16cid:durableId="1204290545">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1519808167">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1722359238">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="590622934">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="223418840">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="77487205">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="599601263">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="133764123">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1040740097">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1739784888">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="174728268">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1990598621">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="36" w16cid:durableId="1728602937">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1534153174">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="37" w16cid:durableId="1372071016">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1593780677">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="38" w16cid:durableId="903220436">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1297376029">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="39" w16cid:durableId="1198154284">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009814E1"/>
     <w:rsid w:val="0000409B"/>
+    <w:rsid w:val="000105ED"/>
     <w:rsid w:val="000160A9"/>
     <w:rsid w:val="0005008C"/>
     <w:rsid w:val="00052930"/>
     <w:rsid w:val="00055E5B"/>
+    <w:rsid w:val="00076F1F"/>
+    <w:rsid w:val="00086E3E"/>
     <w:rsid w:val="00090604"/>
     <w:rsid w:val="000912B1"/>
+    <w:rsid w:val="000941F3"/>
+    <w:rsid w:val="00094438"/>
+    <w:rsid w:val="000A0E48"/>
     <w:rsid w:val="000A6D5F"/>
+    <w:rsid w:val="000A7599"/>
     <w:rsid w:val="000B697D"/>
+    <w:rsid w:val="000D041C"/>
     <w:rsid w:val="000D23F6"/>
+    <w:rsid w:val="000D4A9F"/>
+    <w:rsid w:val="000E0246"/>
     <w:rsid w:val="000E261F"/>
     <w:rsid w:val="000E7405"/>
+    <w:rsid w:val="00114CC1"/>
+    <w:rsid w:val="00122243"/>
+    <w:rsid w:val="00143260"/>
     <w:rsid w:val="001540C1"/>
     <w:rsid w:val="001617E6"/>
+    <w:rsid w:val="00163B65"/>
     <w:rsid w:val="00167B15"/>
     <w:rsid w:val="00171576"/>
     <w:rsid w:val="00185B30"/>
+    <w:rsid w:val="00191F85"/>
+    <w:rsid w:val="001A45EC"/>
     <w:rsid w:val="001A79C7"/>
     <w:rsid w:val="001B0933"/>
     <w:rsid w:val="001B0D31"/>
+    <w:rsid w:val="001B175C"/>
     <w:rsid w:val="001B38B3"/>
+    <w:rsid w:val="001B732B"/>
+    <w:rsid w:val="001E6AF9"/>
     <w:rsid w:val="001E75F8"/>
     <w:rsid w:val="001F4E25"/>
     <w:rsid w:val="001F6261"/>
     <w:rsid w:val="00205160"/>
     <w:rsid w:val="002071FD"/>
+    <w:rsid w:val="00216216"/>
+    <w:rsid w:val="00230895"/>
+    <w:rsid w:val="002328E5"/>
     <w:rsid w:val="0023557B"/>
+    <w:rsid w:val="002356FA"/>
     <w:rsid w:val="002365CF"/>
     <w:rsid w:val="002458E4"/>
+    <w:rsid w:val="00246305"/>
     <w:rsid w:val="002608C6"/>
     <w:rsid w:val="0026391F"/>
     <w:rsid w:val="002660D6"/>
     <w:rsid w:val="00267A78"/>
+    <w:rsid w:val="002934D2"/>
     <w:rsid w:val="00296EBD"/>
     <w:rsid w:val="00297D43"/>
     <w:rsid w:val="002A477F"/>
+    <w:rsid w:val="002A6739"/>
+    <w:rsid w:val="002C581E"/>
     <w:rsid w:val="002D338F"/>
+    <w:rsid w:val="002D747F"/>
+    <w:rsid w:val="002D7F76"/>
+    <w:rsid w:val="002E06C4"/>
     <w:rsid w:val="002E1E28"/>
+    <w:rsid w:val="002E5D24"/>
+    <w:rsid w:val="002F0236"/>
     <w:rsid w:val="002F1D4C"/>
+    <w:rsid w:val="002F2A17"/>
+    <w:rsid w:val="002F5359"/>
+    <w:rsid w:val="002F70ED"/>
     <w:rsid w:val="00300B0E"/>
     <w:rsid w:val="00302E55"/>
     <w:rsid w:val="003066C8"/>
+    <w:rsid w:val="00313724"/>
+    <w:rsid w:val="0033497B"/>
+    <w:rsid w:val="003361B0"/>
+    <w:rsid w:val="0034313A"/>
     <w:rsid w:val="00355D48"/>
     <w:rsid w:val="0036234E"/>
+    <w:rsid w:val="0037321E"/>
+    <w:rsid w:val="00373594"/>
+    <w:rsid w:val="00373A4B"/>
     <w:rsid w:val="003760B8"/>
     <w:rsid w:val="00376423"/>
     <w:rsid w:val="00385AD8"/>
     <w:rsid w:val="003A1210"/>
+    <w:rsid w:val="003A317A"/>
     <w:rsid w:val="003B0869"/>
+    <w:rsid w:val="003D4731"/>
+    <w:rsid w:val="003E46F3"/>
     <w:rsid w:val="003F46C0"/>
     <w:rsid w:val="003F4AF3"/>
     <w:rsid w:val="003F4BBF"/>
     <w:rsid w:val="00401C31"/>
+    <w:rsid w:val="00402F00"/>
+    <w:rsid w:val="00405985"/>
+    <w:rsid w:val="00405B9C"/>
+    <w:rsid w:val="00420461"/>
     <w:rsid w:val="0042175E"/>
     <w:rsid w:val="00427D10"/>
     <w:rsid w:val="00430784"/>
+    <w:rsid w:val="00436373"/>
+    <w:rsid w:val="00445266"/>
+    <w:rsid w:val="00447FC4"/>
     <w:rsid w:val="00453BD8"/>
     <w:rsid w:val="00463E4C"/>
     <w:rsid w:val="00471C74"/>
+    <w:rsid w:val="0047498E"/>
     <w:rsid w:val="00484A85"/>
+    <w:rsid w:val="0048741F"/>
+    <w:rsid w:val="004901AC"/>
     <w:rsid w:val="004937B7"/>
     <w:rsid w:val="004A0A90"/>
+    <w:rsid w:val="004A181E"/>
+    <w:rsid w:val="004A281B"/>
     <w:rsid w:val="004B2CAD"/>
+    <w:rsid w:val="004B4CD6"/>
     <w:rsid w:val="004B641E"/>
     <w:rsid w:val="004C07C9"/>
     <w:rsid w:val="004C5C81"/>
     <w:rsid w:val="004D255B"/>
+    <w:rsid w:val="004D6542"/>
+    <w:rsid w:val="004F09ED"/>
+    <w:rsid w:val="004F1017"/>
+    <w:rsid w:val="004F1727"/>
     <w:rsid w:val="004F17A1"/>
     <w:rsid w:val="0050025C"/>
+    <w:rsid w:val="00500F8E"/>
     <w:rsid w:val="0050198C"/>
     <w:rsid w:val="005049A7"/>
+    <w:rsid w:val="00515C33"/>
+    <w:rsid w:val="0052002D"/>
+    <w:rsid w:val="00525542"/>
+    <w:rsid w:val="00530000"/>
     <w:rsid w:val="00535388"/>
     <w:rsid w:val="00535612"/>
     <w:rsid w:val="00537847"/>
     <w:rsid w:val="00537CBE"/>
     <w:rsid w:val="00542E71"/>
     <w:rsid w:val="00543F8E"/>
+    <w:rsid w:val="0054573B"/>
     <w:rsid w:val="0054629A"/>
     <w:rsid w:val="005559A0"/>
     <w:rsid w:val="00565980"/>
+    <w:rsid w:val="0059001E"/>
     <w:rsid w:val="00590604"/>
     <w:rsid w:val="00592B64"/>
     <w:rsid w:val="00593CC0"/>
+    <w:rsid w:val="005A5AFD"/>
+    <w:rsid w:val="005B3634"/>
     <w:rsid w:val="005C2189"/>
     <w:rsid w:val="005C7529"/>
     <w:rsid w:val="005D3D51"/>
     <w:rsid w:val="005E3FF9"/>
+    <w:rsid w:val="005F3332"/>
     <w:rsid w:val="00600596"/>
     <w:rsid w:val="006017DC"/>
     <w:rsid w:val="00605D50"/>
     <w:rsid w:val="00623763"/>
+    <w:rsid w:val="006243E2"/>
     <w:rsid w:val="0062725C"/>
+    <w:rsid w:val="00634F8A"/>
+    <w:rsid w:val="006510E6"/>
+    <w:rsid w:val="006718B6"/>
     <w:rsid w:val="00673142"/>
+    <w:rsid w:val="0067763F"/>
     <w:rsid w:val="00677FA7"/>
     <w:rsid w:val="006831EF"/>
     <w:rsid w:val="00683699"/>
+    <w:rsid w:val="00685BDE"/>
     <w:rsid w:val="00694742"/>
+    <w:rsid w:val="0069680A"/>
     <w:rsid w:val="006D1589"/>
+    <w:rsid w:val="00700308"/>
     <w:rsid w:val="007048B5"/>
     <w:rsid w:val="00706C99"/>
     <w:rsid w:val="007328F5"/>
     <w:rsid w:val="00732A2A"/>
+    <w:rsid w:val="00747084"/>
     <w:rsid w:val="00750FE4"/>
+    <w:rsid w:val="0075294D"/>
+    <w:rsid w:val="00752F62"/>
+    <w:rsid w:val="00754A0B"/>
     <w:rsid w:val="007559A4"/>
     <w:rsid w:val="00761978"/>
+    <w:rsid w:val="00766AA0"/>
     <w:rsid w:val="00771709"/>
+    <w:rsid w:val="00795A47"/>
+    <w:rsid w:val="007970A5"/>
     <w:rsid w:val="007A2C16"/>
+    <w:rsid w:val="007B0DAF"/>
     <w:rsid w:val="007B2390"/>
     <w:rsid w:val="007C2C7D"/>
     <w:rsid w:val="007C563D"/>
     <w:rsid w:val="007E0717"/>
+    <w:rsid w:val="007F3F63"/>
     <w:rsid w:val="007F5C28"/>
     <w:rsid w:val="008028F4"/>
+    <w:rsid w:val="00807B38"/>
+    <w:rsid w:val="00815CD3"/>
     <w:rsid w:val="00824C33"/>
     <w:rsid w:val="0083208A"/>
     <w:rsid w:val="0083341F"/>
+    <w:rsid w:val="00836143"/>
     <w:rsid w:val="00836C20"/>
     <w:rsid w:val="0085108D"/>
+    <w:rsid w:val="00861065"/>
     <w:rsid w:val="00861DD7"/>
     <w:rsid w:val="00870A33"/>
+    <w:rsid w:val="008714AA"/>
+    <w:rsid w:val="0087414A"/>
     <w:rsid w:val="008A25EC"/>
     <w:rsid w:val="008A2FC6"/>
+    <w:rsid w:val="008B162E"/>
+    <w:rsid w:val="008B49DA"/>
     <w:rsid w:val="008B6BF7"/>
     <w:rsid w:val="008B7DE0"/>
+    <w:rsid w:val="008D3C22"/>
     <w:rsid w:val="008D7194"/>
     <w:rsid w:val="008E3501"/>
     <w:rsid w:val="008E3509"/>
     <w:rsid w:val="008E35DF"/>
     <w:rsid w:val="008F287A"/>
+    <w:rsid w:val="00904B43"/>
+    <w:rsid w:val="00906AF6"/>
     <w:rsid w:val="0091377B"/>
+    <w:rsid w:val="009139FC"/>
     <w:rsid w:val="00925461"/>
     <w:rsid w:val="00925B84"/>
+    <w:rsid w:val="00927F6D"/>
     <w:rsid w:val="00930518"/>
     <w:rsid w:val="009376AC"/>
     <w:rsid w:val="0095333B"/>
+    <w:rsid w:val="00957A05"/>
+    <w:rsid w:val="009717B3"/>
     <w:rsid w:val="00977C41"/>
     <w:rsid w:val="00981223"/>
     <w:rsid w:val="009814E1"/>
+    <w:rsid w:val="0098461F"/>
+    <w:rsid w:val="00990FA4"/>
+    <w:rsid w:val="009915E3"/>
     <w:rsid w:val="00992B84"/>
+    <w:rsid w:val="00996F4B"/>
+    <w:rsid w:val="009B2DD5"/>
+    <w:rsid w:val="009B713E"/>
     <w:rsid w:val="009C36AD"/>
+    <w:rsid w:val="009C3B38"/>
+    <w:rsid w:val="009D0836"/>
+    <w:rsid w:val="009E7C5E"/>
+    <w:rsid w:val="009F2CB6"/>
+    <w:rsid w:val="009F61A6"/>
     <w:rsid w:val="00A017EF"/>
+    <w:rsid w:val="00A15908"/>
     <w:rsid w:val="00A171F0"/>
+    <w:rsid w:val="00A260F3"/>
     <w:rsid w:val="00A26A43"/>
     <w:rsid w:val="00A3447B"/>
     <w:rsid w:val="00A42D03"/>
+    <w:rsid w:val="00A45858"/>
     <w:rsid w:val="00A475E3"/>
+    <w:rsid w:val="00A53B35"/>
     <w:rsid w:val="00A55E8B"/>
     <w:rsid w:val="00A66050"/>
+    <w:rsid w:val="00A7579A"/>
     <w:rsid w:val="00A77A35"/>
+    <w:rsid w:val="00A867B0"/>
+    <w:rsid w:val="00A878E7"/>
     <w:rsid w:val="00A87D4B"/>
+    <w:rsid w:val="00A91238"/>
+    <w:rsid w:val="00AB2056"/>
     <w:rsid w:val="00AB61C7"/>
     <w:rsid w:val="00AC7788"/>
     <w:rsid w:val="00AD4F3F"/>
+    <w:rsid w:val="00AD692F"/>
+    <w:rsid w:val="00AE085C"/>
     <w:rsid w:val="00AE0D18"/>
     <w:rsid w:val="00AE5A66"/>
+    <w:rsid w:val="00AE67C3"/>
+    <w:rsid w:val="00AF4D32"/>
     <w:rsid w:val="00AF539B"/>
     <w:rsid w:val="00AF5F8A"/>
+    <w:rsid w:val="00B05AD7"/>
     <w:rsid w:val="00B11042"/>
+    <w:rsid w:val="00B21DD1"/>
     <w:rsid w:val="00B45CBE"/>
     <w:rsid w:val="00B4719D"/>
+    <w:rsid w:val="00B50913"/>
+    <w:rsid w:val="00B532E3"/>
     <w:rsid w:val="00B53F4E"/>
     <w:rsid w:val="00B739AF"/>
     <w:rsid w:val="00B82323"/>
     <w:rsid w:val="00B87F8F"/>
     <w:rsid w:val="00BA34BA"/>
+    <w:rsid w:val="00BA5710"/>
     <w:rsid w:val="00BA6228"/>
     <w:rsid w:val="00BB0252"/>
+    <w:rsid w:val="00BB7BED"/>
     <w:rsid w:val="00BC257E"/>
+    <w:rsid w:val="00BC32CE"/>
     <w:rsid w:val="00BC7A98"/>
+    <w:rsid w:val="00BD47D2"/>
+    <w:rsid w:val="00BF18D8"/>
+    <w:rsid w:val="00BF3694"/>
     <w:rsid w:val="00BF65B9"/>
+    <w:rsid w:val="00C0071F"/>
+    <w:rsid w:val="00C043BA"/>
+    <w:rsid w:val="00C1635F"/>
     <w:rsid w:val="00C21CDB"/>
+    <w:rsid w:val="00C43ED3"/>
     <w:rsid w:val="00C664F7"/>
     <w:rsid w:val="00C67DC0"/>
     <w:rsid w:val="00C7188D"/>
     <w:rsid w:val="00C82D85"/>
+    <w:rsid w:val="00C94370"/>
+    <w:rsid w:val="00CA6A78"/>
     <w:rsid w:val="00CC60F2"/>
+    <w:rsid w:val="00CE159B"/>
     <w:rsid w:val="00CE4457"/>
+    <w:rsid w:val="00CF0BC8"/>
     <w:rsid w:val="00CF1517"/>
+    <w:rsid w:val="00CF3A78"/>
     <w:rsid w:val="00CF43BD"/>
     <w:rsid w:val="00CF5560"/>
+    <w:rsid w:val="00D01988"/>
+    <w:rsid w:val="00D174CB"/>
     <w:rsid w:val="00D26BDF"/>
+    <w:rsid w:val="00D32C20"/>
     <w:rsid w:val="00D37DCD"/>
+    <w:rsid w:val="00D42EEE"/>
+    <w:rsid w:val="00D5466E"/>
     <w:rsid w:val="00D61EA0"/>
     <w:rsid w:val="00D7542B"/>
+    <w:rsid w:val="00D766FF"/>
     <w:rsid w:val="00D76D9F"/>
     <w:rsid w:val="00D83201"/>
+    <w:rsid w:val="00DA519E"/>
+    <w:rsid w:val="00DB25C0"/>
+    <w:rsid w:val="00DB3928"/>
     <w:rsid w:val="00DB5AA5"/>
     <w:rsid w:val="00DC3E2D"/>
+    <w:rsid w:val="00DD22FD"/>
     <w:rsid w:val="00DD3CC7"/>
+    <w:rsid w:val="00DD740A"/>
     <w:rsid w:val="00DE20C0"/>
+    <w:rsid w:val="00DE52DC"/>
+    <w:rsid w:val="00DE55B3"/>
     <w:rsid w:val="00E103BE"/>
     <w:rsid w:val="00E14C65"/>
     <w:rsid w:val="00E171F0"/>
     <w:rsid w:val="00E20423"/>
+    <w:rsid w:val="00E33AB2"/>
     <w:rsid w:val="00E36087"/>
     <w:rsid w:val="00E36A71"/>
     <w:rsid w:val="00E430C4"/>
     <w:rsid w:val="00E50F6D"/>
+    <w:rsid w:val="00E560FD"/>
+    <w:rsid w:val="00E705EE"/>
+    <w:rsid w:val="00E73BC7"/>
+    <w:rsid w:val="00E74872"/>
+    <w:rsid w:val="00E86B84"/>
+    <w:rsid w:val="00E91585"/>
+    <w:rsid w:val="00E947B0"/>
     <w:rsid w:val="00EA34CE"/>
     <w:rsid w:val="00EA6B83"/>
     <w:rsid w:val="00EB3C48"/>
     <w:rsid w:val="00EB5481"/>
     <w:rsid w:val="00ED5054"/>
+    <w:rsid w:val="00EF1352"/>
     <w:rsid w:val="00F0143E"/>
+    <w:rsid w:val="00F020F2"/>
+    <w:rsid w:val="00F020FE"/>
+    <w:rsid w:val="00F15C17"/>
     <w:rsid w:val="00F20283"/>
+    <w:rsid w:val="00F22698"/>
+    <w:rsid w:val="00F22E01"/>
     <w:rsid w:val="00F320CE"/>
+    <w:rsid w:val="00F36939"/>
+    <w:rsid w:val="00F412A5"/>
+    <w:rsid w:val="00F50A90"/>
     <w:rsid w:val="00F60566"/>
     <w:rsid w:val="00F64091"/>
     <w:rsid w:val="00F7699A"/>
     <w:rsid w:val="00F8409C"/>
+    <w:rsid w:val="00FA7F59"/>
+    <w:rsid w:val="00FB1CAA"/>
+    <w:rsid w:val="00FB7041"/>
+    <w:rsid w:val="00FC1382"/>
+    <w:rsid w:val="00FE0EC8"/>
     <w:rsid w:val="00FE2198"/>
     <w:rsid w:val="00FF017E"/>
     <w:rsid w:val="00FF2B48"/>
     <w:rsid w:val="0254EA22"/>
     <w:rsid w:val="15A167BB"/>
     <w:rsid w:val="161CCAB2"/>
     <w:rsid w:val="1C7C004F"/>
     <w:rsid w:val="1F64F443"/>
     <w:rsid w:val="20446B10"/>
     <w:rsid w:val="2451BB96"/>
     <w:rsid w:val="25BF790B"/>
     <w:rsid w:val="2702B6CA"/>
     <w:rsid w:val="275B496C"/>
     <w:rsid w:val="30F46546"/>
     <w:rsid w:val="30F4FC1F"/>
     <w:rsid w:val="333B5B62"/>
     <w:rsid w:val="3CF3331F"/>
     <w:rsid w:val="3D1F78EF"/>
     <w:rsid w:val="41A0640B"/>
     <w:rsid w:val="43E89125"/>
     <w:rsid w:val="45837B1F"/>
     <w:rsid w:val="4EE42B52"/>
     <w:rsid w:val="5518DD8F"/>
     <w:rsid w:val="578AD3C5"/>
     <w:rsid w:val="58277532"/>
@@ -5853,56 +13081,56 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D834DE6"/>
-  <w15:docId w15:val="{67948A30-831C-4CEA-A2C0-5289A3EFCC56}"/>
+  <w15:docId w15:val="{0503590D-4985-4A12-A5C1-BBA8E9B6C482}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6732,55 +13960,80 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E7405"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E7405"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E6AF9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001E6AF9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="42752774">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="70667297">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7089,696 +14342,87 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1882354338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2065636989">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2097626647">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slocounty.ca.gov/departments/administrative-office/services/grant-funding-from-the-county" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.slohealthcounts.org/priorities" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slocounty.gov/phg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-</file>
-[...633 lines deleted...]
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8028,85 +14672,124 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010073795E3DF4AC3A4199F7A8E390C62A68" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3525f2c0c32cec9be99728094a039740">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7bcd0def-89b0-4a9a-b01e-463b036834ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba910597953b2d5006a87ec6cd3f4932" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010073795E3DF4AC3A4199F7A8E390C62A68" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="698dee177a44b2e69e05226907662869">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7bcd0def-89b0-4a9a-b01e-463b036834ea" xmlns:ns3="66811e1e-6f9e-4d63-8707-c3b37eee8ede" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfb9c89c630faf2076de736861376e6f" ns2:_="" ns3:_="">
     <xsd:import namespace="7bcd0def-89b0-4a9a-b01e-463b036834ea"/>
+    <xsd:import namespace="66811e1e-6f9e-4d63-8707-c3b37eee8ede"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7bcd0def-89b0-4a9a-b01e-463b036834ea" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="66811e1e-6f9e-4d63-8707-c3b37eee8ede" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8188,109 +14871,168 @@
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E81F754D-AE93-4958-812D-A1399733E563}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A7E7C3C-D75C-49EF-8688-7D81DCA5D147}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1214697C-3E3F-4F8A-A999-04240BC6A3CA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C710AFFB-4F94-4448-BF26-3BD9CAF9A742}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7bcd0def-89b0-4a9a-b01e-463b036834ea"/>
+    <ds:schemaRef ds:uri="66811e1e-6f9e-4d63-8707-c3b37eee8ede"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{413EE698-9FAA-4E88-B289-DB34EBDA9FD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2252</Characters>
+  <Pages>6</Pages>
+  <Words>1049</Words>
+  <Characters>5982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Smartsheet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2641</CharactersWithSpaces>
+  <CharactersWithSpaces>7017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="18" baseType="variant">
+      <vt:variant>
+        <vt:i4>327752</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.slocounty.ca.gov/departments/administrative-office/services/grant-funding-from-the-county</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2490429</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.slohealthcounts.org/priorities</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638469</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://slocounty.gov/phg</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Claire Hermann</dc:creator>
+  <dc:creator>Elizabeth Merson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010073795E3DF4AC3A4199F7A8E390C62A68</vt:lpwstr>
   </property>
 </Properties>
 </file>